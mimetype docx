--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -381,64 +381,62 @@
         </w:rPr>
         <w:t xml:space="preserve">Bright Solutions </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA27C" w14:textId="4378EE55" w:rsidR="009E1549" w:rsidRDefault="00A8360F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="5" w:hanging="7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="70"/>
           <w:szCs w:val="70"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A8360F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="70"/>
           <w:szCs w:val="70"/>
         </w:rPr>
         <w:t>PaviApnea</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="51A47A99" w14:textId="6C114487" w:rsidR="00A75D15" w:rsidRPr="0039640A" w:rsidRDefault="00A75D15">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="5" w:hanging="7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="70"/>
           <w:szCs w:val="70"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039640A">
         <w:rPr>
@@ -472,73 +470,60 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ADFA27E" w14:textId="28219B06" w:rsidR="009E1549" w:rsidRPr="0039640A" w:rsidRDefault="00A8360F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="2" w:hanging="4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0039640A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>PaviApnea</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> S.S.D. a R.L. </w:t>
+        <w:t xml:space="preserve">PaviApnea S.S.D. a R.L. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA27F" w14:textId="77777777" w:rsidR="009E1549" w:rsidRDefault="00A13732">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="2" w:hanging="4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
@@ -672,183 +657,192 @@
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>ANCHE PER ATLETI PARALIMPICI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA286" w14:textId="77777777" w:rsidR="009E1549" w:rsidRDefault="009E1549" w:rsidP="00A8360F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ADFA287" w14:textId="3739BA6B" w:rsidR="009E1549" w:rsidRDefault="00A13732">
+    <w:p w14:paraId="3ADFA287" w14:textId="45109571" w:rsidR="009E1549" w:rsidRDefault="00A13732">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="2" w:hanging="4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Presso la Piscina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A8360F">
+      <w:r w:rsidR="00D32849">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Campus Aquae</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Aquamore Landriano</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADFA288" w14:textId="641AB64B" w:rsidR="009E1549" w:rsidRDefault="00A13732">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="2" w:hanging="4"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Via </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8360F">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Via </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A8360F">
+        <w:t>Ca</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32849">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Cascinazza</w:t>
+        <w:t>rlo Azeglio Ciampi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 29 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C76CAF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32849">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A8360F">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>27100</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76CAF">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A8360F">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32849">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Pavia (PV)</w:t>
+        <w:t>Landriano</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8360F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PV)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA28D" w14:textId="77777777" w:rsidR="009E1549" w:rsidRDefault="009E1549" w:rsidP="00A8360F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ADFA28E" w14:textId="77777777" w:rsidR="009E1549" w:rsidRDefault="00A13732">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
@@ -1538,97 +1532,90 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Articolo 1.   ORGANIZZAZIONE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA2AF" w14:textId="77777777" w:rsidR="009E1549" w:rsidRDefault="009E1549">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F874483" w14:textId="185A76B3" w:rsidR="00B2476E" w:rsidRDefault="00A8360F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> S.S.D.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>PaviApnea S.S.D.</w:t>
       </w:r>
       <w:r w:rsidR="00A13732">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> organizza, per </w:t>
       </w:r>
       <w:r w:rsidR="00A13732">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Domenica </w:t>
       </w:r>
       <w:r w:rsidR="00165AAA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00A75D15">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
@@ -1673,60 +1660,52 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A13732" w:rsidRPr="008851E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidR="00A13732">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Trofeo Bright Solutions </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Trofeo Bright Solutions PaviApnea</w:t>
+      </w:r>
       <w:r w:rsidR="00A75D15">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – CHRISTMAS CUP</w:t>
       </w:r>
       <w:r w:rsidR="00A13732">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">”, gara di APNEA DINAMICA CON E SENZA ATTREZZI, valevole come prova di </w:t>
       </w:r>
       <w:r w:rsidR="00A13732">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>qualificazione per il Campionato Italiano FIPSAS</w:t>
       </w:r>
       <w:r w:rsidR="00B2476E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -2833,87 +2812,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, inviando la copia dell’avvenuto versamento della tassa d’iscrizione</w:t>
       </w:r>
       <w:r w:rsidR="00D74FF4">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r w:rsidR="00D74FF4" w:rsidRPr="00D74FF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i dati per l’emissione della ricevuta fiscale</w:t>
       </w:r>
       <w:r w:rsidR="00D74FF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (denominazione </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">, indirizzo, </w:t>
+        <w:t xml:space="preserve"> (denominazione asd/ssd, indirizzo, </w:t>
       </w:r>
       <w:r w:rsidR="00161282">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00D74FF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">odice </w:t>
       </w:r>
       <w:r w:rsidR="00161282">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
@@ -3596,190 +3539,158 @@
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ATTENZIONE: </w:t>
       </w:r>
       <w:r w:rsidR="00A13732">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Per tutti i bonifici che perverranno dopo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>i 5 giorni dall’iscrizione sul sito federale (</w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>i 5 giorni dall’iscrizione sul sito federale (Novarapnea)</w:t>
       </w:r>
       <w:r w:rsidR="00A13732">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, la società organizzatrice si riserva l’accettazione o l’esclusione degli atleti, non essendo stati rispettati i termini previsti dal regolamento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA2D6" w14:textId="77777777" w:rsidR="009E1549" w:rsidRDefault="00A13732">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Il bonifico va intestato a:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26367873" w14:textId="77777777" w:rsidR="009C58F3" w:rsidRPr="009B5313" w:rsidRDefault="009C58F3" w:rsidP="009C58F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B5313">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Paviapnea</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Paviapnea S.S.D. a R.L.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B788AE" w14:textId="77777777" w:rsidR="009C58F3" w:rsidRPr="009B5313" w:rsidRDefault="009C58F3" w:rsidP="009C58F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="009B5313">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="12B788AE" w14:textId="77777777" w:rsidR="009C58F3" w:rsidRPr="009B5313" w:rsidRDefault="009C58F3" w:rsidP="009C58F3">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>IBAN:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B5313">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B5313">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>IT53D0306909606100000185261</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260337D4" w14:textId="1FDDD357" w:rsidR="009C58F3" w:rsidRDefault="009C58F3" w:rsidP="009C58F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B5313">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>IBAN:</w:t>
+        <w:t>Causale:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B5313">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B5313">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;nome della società&gt; + iscrizione </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16B1A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
       <w:r w:rsidRPr="009B5313">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Causale:</w:t>
-[...32 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>° Trofeo PaviApnea</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6406A894" w14:textId="77777777" w:rsidR="009C58F3" w:rsidRPr="009B5313" w:rsidRDefault="009C58F3" w:rsidP="009C58F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ADFA2DB" w14:textId="6376F952" w:rsidR="009E1549" w:rsidRDefault="00A13732">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3857,67 +3768,57 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>E’ assolutamente obbligatorio per gli atleti appartenenti a tutte le categorie, ad eccezione d</w:t>
       </w:r>
       <w:r w:rsidR="00E16B1A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">egli </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>elite</w:t>
-[...8 lines deleted...]
-        <w:t>, inserire la dichiarazione dei tempi nel modulo d’iscrizione</w:t>
+        <w:t>elite, inserire la dichiarazione dei tempi nel modulo d’iscrizione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA2DD" w14:textId="77777777" w:rsidR="009E1549" w:rsidRPr="00454196" w:rsidRDefault="00A13732">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4043,67 +3944,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00454196">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Per gli Elite</w:t>
       </w:r>
       <w:r w:rsidR="00454196">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, qualora ve ne fossero,</w:t>
       </w:r>
       <w:r w:rsidRPr="00454196">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sarà necessario dichiarare la migliore performance degli ultimi tre anni. Si assicura che tale dato verrà trattato con la massima riservatezza sino a quando non verrà resa pubblica la </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> sarà necessario dichiarare la migliore performance degli ultimi tre anni. Si assicura che tale dato verrà trattato con la massima riservatezza sino a quando non verrà resa pubblica la Starting </w:t>
       </w:r>
       <w:r w:rsidR="00454196">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00454196">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A57F949" w14:textId="77777777" w:rsidR="00454196" w:rsidRDefault="00454196">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
@@ -5000,92 +4885,75 @@
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Articolo 8.   PREMIAZIONI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3ADFA300" w14:textId="7964BB57" w:rsidR="009E1549" w:rsidRPr="00032390" w:rsidRDefault="00032390" w:rsidP="00032390">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005B53EE">
         <w:t xml:space="preserve">Le premiazioni saranno effettuate presso l’atrio piscina al termine della gara, nel rispetto del protocollo CONI-FIPSAS. Per il </w:t>
       </w:r>
       <w:r w:rsidR="000D5F0F">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">° </w:t>
       </w:r>
       <w:r w:rsidRPr="005B53EE">
         <w:t xml:space="preserve">Trofeo </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Bright Solutions </w:t>
-[...3 lines deleted...]
-        <w:t>Pavi</w:t>
+        <w:t>Bright Solutions Pavi</w:t>
       </w:r>
       <w:r w:rsidRPr="005B53EE">
-        <w:t>Apnea</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Apnea </w:t>
       </w:r>
       <w:r w:rsidR="000D5F0F">
         <w:t xml:space="preserve">– CHRISTMAS CUP </w:t>
       </w:r>
       <w:r w:rsidRPr="005B53EE">
         <w:t xml:space="preserve">verranno premiati i primi 3 classificati per ogni categoria e verrà assegnato il </w:t>
       </w:r>
       <w:r w:rsidR="000D5F0F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00032390">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">° Trofeo Bright Solutions </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>° Trofeo Bright Solutions PaviApnea</w:t>
+      </w:r>
       <w:r w:rsidR="000D5F0F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – CHRISTMAS CUP</w:t>
       </w:r>
       <w:r w:rsidRPr="005B53EE">
         <w:t xml:space="preserve"> alla Società vincitrice la classifica punti. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADFA302" w14:textId="77777777" w:rsidR="009E1549" w:rsidRDefault="009E1549">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -6493,110 +6361,110 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{FB276E14-20B1-4E7D-97FB-9EDE7A0F4BC1}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{3C76D38A-E61E-4761-ADE8-2F56AD171D44}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{A977694A-06D4-48AC-AB77-A08FEB920451}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{52944E21-606E-4F72-8190-AF0A180A722B}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{A0572E52-F7C5-45BB-8747-4EB4A06ADD88}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{DCAF3EC9-A4AD-4621-B9E7-E288BB41496D}"/>
-    <w:embedItalic r:id="rId5" w:fontKey="{7A13399D-EDBB-4FD8-8ACE-172EE6A75F5B}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{1AE3AC41-E552-44B4-A264-8094E3FB6D23}"/>
+    <w:embedItalic r:id="rId5" w:fontKey="{B171D048-1740-4557-A209-B5A1FA42FA7B}"/>
   </w:font>
   <w:font w:name="Estrangelo Edessa">
     <w:altName w:val="Comic Sans MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{3BF9FA65-2F1A-4AD0-849C-6407CAA0B138}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId9" w:fontKey="{E0F7A507-101C-4872-9AAC-F68398BE767E}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{676E67C6-F515-4651-BD42-6C6A4C82C7D1}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{A71A7928-0F70-469F-AC27-7B310F237620}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{E1595F71-2D73-4648-B9A2-2230EC306B9A}"/>
+    <w:embedBoldItalic r:id="rId9" w:fontKey="{12EB3045-1925-4DF3-BD75-BA21BA2D799D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{43623E2D-8CBF-46CA-83FB-9C88BF966474}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{4C9ED388-F8A8-43A4-9523-3A0BA6AC33BA}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
@@ -7421,51 +7289,50 @@
   <w:num w:numId="3" w16cid:durableId="454636035">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1237856689">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1673213584">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1776632214">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="767626522">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1781682161">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009E1549"/>
     <w:rsid w:val="00002458"/>
     <w:rsid w:val="00027609"/>
     <w:rsid w:val="00032390"/>
     <w:rsid w:val="00033BB9"/>
     <w:rsid w:val="0005390F"/>
     <w:rsid w:val="00071020"/>
     <w:rsid w:val="000732DE"/>
     <w:rsid w:val="00090B32"/>
     <w:rsid w:val="00091B0C"/>
     <w:rsid w:val="000C1738"/>
     <w:rsid w:val="000D5F0F"/>
@@ -7540,50 +7407,52 @@
     <w:rsid w:val="00957518"/>
     <w:rsid w:val="00985117"/>
     <w:rsid w:val="009A4C4C"/>
     <w:rsid w:val="009C52C1"/>
     <w:rsid w:val="009C58F3"/>
     <w:rsid w:val="009E1549"/>
     <w:rsid w:val="00A13732"/>
     <w:rsid w:val="00A20C41"/>
     <w:rsid w:val="00A2249F"/>
     <w:rsid w:val="00A75D15"/>
     <w:rsid w:val="00A8360F"/>
     <w:rsid w:val="00A9109C"/>
     <w:rsid w:val="00AA6583"/>
     <w:rsid w:val="00AC4DED"/>
     <w:rsid w:val="00AD1FC7"/>
     <w:rsid w:val="00B2476E"/>
     <w:rsid w:val="00B40757"/>
     <w:rsid w:val="00BF3831"/>
     <w:rsid w:val="00C00F1E"/>
     <w:rsid w:val="00C0420A"/>
     <w:rsid w:val="00C127E2"/>
     <w:rsid w:val="00C17FB8"/>
     <w:rsid w:val="00C333BA"/>
     <w:rsid w:val="00C76CAF"/>
     <w:rsid w:val="00D203CE"/>
+    <w:rsid w:val="00D32849"/>
+    <w:rsid w:val="00D5340F"/>
     <w:rsid w:val="00D561DF"/>
     <w:rsid w:val="00D74FF4"/>
     <w:rsid w:val="00D92C01"/>
     <w:rsid w:val="00DD2165"/>
     <w:rsid w:val="00DF3E3B"/>
     <w:rsid w:val="00E16B1A"/>
     <w:rsid w:val="00E61169"/>
     <w:rsid w:val="00E62577"/>
     <w:rsid w:val="00E64526"/>
     <w:rsid w:val="00E6761A"/>
     <w:rsid w:val="00E94ED7"/>
     <w:rsid w:val="00EA7719"/>
     <w:rsid w:val="00F01019"/>
     <w:rsid w:val="00F06C68"/>
     <w:rsid w:val="00F549A1"/>
     <w:rsid w:val="00F75E40"/>
     <w:rsid w:val="00F91EE2"/>
     <w:rsid w:val="00FB1189"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -8623,65 +8492,65 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mh+V4Jq4YNMZp8D8ttLQwwCuKum8g==">CgMxLjA4AHIhMWdxYzZWMmVsaHp0dXBwVUFnNWFHZ0pzVmxTVWpLUUVt</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1862</Words>
-  <Characters>10616</Characters>
+  <Words>1864</Words>
+  <Characters>10626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12454</CharactersWithSpaces>
+  <CharactersWithSpaces>12466</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>